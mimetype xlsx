--- v0 (2026-01-23)
+++ v1 (2026-03-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d5df0e51e245ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c53d719f4b8431ab325265c20800d90.psmdcp" Id="R5bbfa9465b894d85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d4690c183c04c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03d8da058ed94960b58a65e2504238d0.psmdcp" Id="Rc9738783f8f741d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Yarışmalar" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Yarışma Adı</x:t>
   </x:si>
   <x:si>
     <x:t>Başlangıç Tarihi</x:t>
   </x:si>
   <x:si>
@@ -352,56 +352,68 @@
   <x:si>
     <x:t>Codeix Drone League (CDL)</x:t>
   </x:si>
   <x:si>
     <x:t>İlkokul, Ortaokul</x:t>
   </x:si>
   <x:si>
     <x:t>Drone</x:t>
   </x:si>
   <x:si>
     <x:t>https://codeixdroneleague.com/</x:t>
   </x:si>
   <x:si>
     <x:t>YTU ROBOCON</x:t>
   </x:si>
   <x:si>
     <x:t>01.04.2026</x:t>
   </x:si>
   <x:si>
     <x:t>Mini Robot, Robot Savaşları 20 KG</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.yturok.com/</x:t>
   </x:si>
   <x:si>
+    <x:t>HatayBOT - 2026 Hatay Robot Yarışması</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02.04.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.04.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hatay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://hataybot.com/</x:t>
+  </x:si>
+  <x:si>
     <x:t>Codeix Drone League - CDL 2025/2026 - Spark (Kayseri)</x:t>
   </x:si>
   <x:si>
-    <x:t>04.04.2026</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>FRC 2026 REBUILT - Ankara Regional</x:t>
   </x:si>
   <x:si>
     <x:t>07.04.2026</x:t>
   </x:si>
   <x:si>
     <x:t>10.04.2026</x:t>
   </x:si>
   <x:si>
     <x:t>ROBOSAM Robot Yarışması</x:t>
   </x:si>
   <x:si>
     <x:t>08.04.2026</x:t>
   </x:si>
   <x:si>
     <x:t>08.04.2025</x:t>
   </x:si>
   <x:si>
     <x:t>Samsun</x:t>
   </x:si>
   <x:si>
     <x:t>Canik İlçe Milli Eğitim Müdürlüğü</x:t>
   </x:si>
   <x:si>
     <x:t>Çizgi İzleyen Temel Seviye, Mini Sumo, Labirent, Çizgi İzleyen İleri Seviye</x:t>
@@ -437,65 +449,50 @@
     <x:t>Antalya</x:t>
   </x:si>
   <x:si>
     <x:t>Milli Eğitim Bakanlığı</x:t>
   </x:si>
   <x:si>
     <x:t>Çizgi İzleyen Temel Seviye, Su Üstü Robot – Temel Seviye, Tasarla – Çalıştır | Temel Seviye, Tozkoparan Robot, Endüstriyel Robotik Kol, Hızlı Çizgi İzleyen, İnsansız Hava Aracı (İHA), Labirent Ustası, Mini Sumo, Otonom Araç</x:t>
   </x:si>
   <x:si>
     <x:t>MimarTECH</x:t>
   </x:si>
   <x:si>
     <x:t>07.05.2026</x:t>
   </x:si>
   <x:si>
     <x:t>Kırklareli</x:t>
   </x:si>
   <x:si>
     <x:t>Kırklareli Endüstri Meslek Lisesi</x:t>
   </x:si>
   <x:si>
     <x:t>Mini Sumo, Çizgi İzleyen, Obstacle Line Follower, Maze, Robofootball Junior, Robofootball Senior</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.mimartech.tr/</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>https://hataybot.com/</x:t>
   </x:si>
   <x:si>
     <x:t>VI.Uluslararası Gebze Kelebek Robot Yarışmaları</x:t>
   </x:si>
   <x:si>
     <x:t>17.05.2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.05.2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gebze</x:t>
   </x:si>
   <x:si>
     <x:t>Gebze Teknik Üniversitesi</x:t>
   </x:si>
   <x:si>
     <x:t>Hünkâr Çayırı Arazisi, Çizgi İzleyen, Gel Tasarla Üret, Serbest Proje, Mini Sumo, FUTRA (Futbol Robot Arena)</x:t>
   </x:si>
   <x:si>
     <x:t>https://kelebekro.gtu.edu.tr/</x:t>
   </x:si>
   <x:si>
     <x:t>Teknofest 2026 Şanlıurfa</x:t>
   </x:si>
@@ -1414,425 +1411,425 @@
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="B18" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I18" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="J18" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>26</x:v>
-[...5 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="s">
+      <x:c r="E20" s="0" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C23" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="B23" s="0" t="s">
+      <x:c r="D23" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C23" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D23" s="0" t="s">
+      <x:c r="E23" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="B24" s="0" t="s">
+      <x:c r="E24" s="0" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I24" s="0" t="s">
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="B25" s="0" t="s">
+      <x:c r="C25" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C25" s="0" t="s">
+      <x:c r="D25" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D25" s="0" t="s">
+      <x:c r="E25" s="0" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="B26" s="0" t="s">
+      <x:c r="C26" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C26" s="0" t="s">
+      <x:c r="D26" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D26" s="0" t="s">
+      <x:c r="E26" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="J27" s="0" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H28" s="0" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Yarışmalar</vt:lpstr>
       <vt:lpstr>Yarışmalar!Print_Area</vt:lpstr>
       <vt:lpstr>Yarışmalar!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>